--- v0 (2025-12-18)
+++ v1 (2026-02-25)
@@ -5,7882 +5,14343 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="44675878" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3DE1ED33" w14:textId="5D377C09" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">ALRESFORD VILLAGE HALL AND PAVILION </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4BB9DF7D" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">ALRESFORD VILLAGE HALL AND PAVILION – CONTRACT OF HIRE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F559CFD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...22 lines deleted...]
-          <w:b/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="387C7BAD" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6E1B88E2" w14:textId="77777777" w:rsidR="00A25A9A" w:rsidRDefault="00A25A9A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3274591F" w14:textId="245F10FD" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>PART 1 – HIRE FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348BD17B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>This section outlines the general terms and expectations for hiring the Village Hall or Pavilion including specific rules for teenage/young people events.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F01FA4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must be read, agreed to, and retained </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>by the hirer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FACD1E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It should be used </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>in conjunction with PART 2 – Conditions of Hire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309BB92A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="611B3BC0" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>PART 2 – CONDITIONS OF HIRE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD022A1" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This section contains the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>detailed rules and responsibilities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for using the facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CD75F9" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>It includes guidance on:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7033921E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Safety and supervision, Alcohol and noise restrictions, Cleaning and security, Insurance, and liability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05797FBD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21262C6F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PART 3 – BOOKING FORM: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50836FB2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">official contract </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>between the hirer and the relevant Management Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D60E38B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must be completed, signed, and returned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Booking Manager.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69062A34" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C8DFD82" w14:textId="2E6A324E" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>****************************************************************************************************</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DCAB3C3" w14:textId="77777777" w:rsidR="00A25A9A" w:rsidRDefault="00A25A9A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B98375" w14:textId="3B18B453" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PART 1 – HIRE FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF512E4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="397"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33E2AA8B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>MANAGEMENT COMMITTEE DISCRETION:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B557C3" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AVHMC and The Parish Council reserve the right to refuse hire should any individual or organization fail to comply with the conditions of hire. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF48F55" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Refund of fees for cancellations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2B9243" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B96DAC5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>LICENSING &amp; ALCOHOL POLICY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6553ADE0" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The premises are licensed for: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Music, Dancing, and /or Entertainment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(for full details please refer to the website)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56426362" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alcohol sales are prohibited </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>unless:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEB8DDA" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Alresford Colne Rangers F.C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. are present and operating under their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Alcohol Licence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ADC993" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Temporary Event Notices (TENs) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to sell alcohol </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will not be permitted </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>under any circumstances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741ADD06" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459E1A1A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>THE HIRER:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D5C3913" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="397"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The responsible hirer must be over </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years of age and agree to be present or arrange for sufficient adult representatives to be present to ensure that the Hire Conditions are adhered to. The Hirer is responsible for ensuring that their event complies with relevant Health &amp; Safety regulations and should be aware of the Fire Safety Policy &amp; Emergency Plan for the Village Hall and/or Pavilion. All safety notices, including those regarding the storage of chairs and tables, must be observed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360681BE" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32AC28D2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>TEENAGE AND YOUNG PEOPLE HIRE:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A6CF1E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>As the organiser, please make sure you have read and fully understood all the conditions of hire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476468AC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Make sure you know and approve in advance any arrangements made by the young person you are responsible for.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72105FDB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A responsible person over the age of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years must always be present during a teenage/young person event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793A386F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Make sure there are enough responsible adults who can:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4993FF79" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Exercise general supervision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DBC9641" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Be prepared in case of an emergency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DD1886" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Make sure guests behave in an acceptable way and do not put others at risk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B02AF82" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Observe and manage:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3113FE78" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The emergency exits (it is not uncommon for ‘gate crashers’ to knock on windows or doors and persuade friends among the other guests to let them in)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67161F54" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The toilets where large groups have been known to gather. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56BCBC45" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Admit guests by invitation only, making sure the main doors are always manned so that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218F8C58" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>They do not get blocked at an exit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B07C751" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Guests remain in the Village Hall/Pavilion for the hire and do not cause a nuisance or excessive noise by continually coming and going.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14761C82" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Do not allow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alcoholic drinks of any kind to be brought into the Village Hall/Pavilion by underage drinkers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123075E8" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Do not allow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> foiled gate crashers to have their own party in the car park/playing field at the end of the event, make sure guests leave quickly and quietly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DE2A98" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A14FCAF" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PROVISIONAL BOOKING:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="522E9BE4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="397"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a provisional booking has been accepted prior to a booking form being completed and returned, this will be held for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>days from point of contact. If no booking form is received within that time, it will be assumed that the booking is no longer required, and it will be removed from the diary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611F5D42" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="397"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B49883E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>REFUNDABLE DEPOSIT:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EFC6F25" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="397"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once a booking has been agreed, for all private hire, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>a refundable deposit of £50.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be paid within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>7 days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>the invoice date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to secure the booking. Our preferred method of payment is BACS (electronic banking</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This deposit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be refunded subject to a satisfactory inspection of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the venue </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">after the event. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55408FE5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:firstLine="397"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The hirer will be responsible for all damage to the facility or contents during hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DD1989" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>For TEENAGE and YOUNG PEOPLE hire, in addition to the DEPOSIT of £50.00, an additional £200.00 will be required.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deposits will be returned after the hire date subject to inspection. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45297256" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>For a HIRE BOOKED 6 MONTHS OR MORE IN ADVANCE OF THE REQUIRED DATE,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in addition to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>DEPOSIT,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the relevant Management Committee reserves the right to request </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>50%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the hire fee at time of booking as a                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>non-refundable deposit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the remaining </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>50% payable 4 weeks prior to date of hire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621437B7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="397"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CAA4597" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>HIRE FEES/PAYMENT TERMS:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3C9116" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On receipt of the booking form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(PART 3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, an invoice will be raised and sent to the hirer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D96F407" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The deposit must be made within 7 days of the date of invoice. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731C6DE8" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The remaining balance to be paid no later than 4 weeks before the date of hire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B1546B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bookings made within 4 weeks of the hire date will require full payment including deposit at the time of booking. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42005F84" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="235D3235" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>CONFIRMATION OF BOOKING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495BDA45" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>A booking is only confirmed once all fees have been paid in full and you have received confirmation from the Bookings Manager.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D159B0" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="397"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716A9FDC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>CANCELLATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22839C7B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>If a hirer cancels a booking more than four (4) weeks before the date of hire, all monies will be refunded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E16E158" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Where a non-refundable deposit has been paid, the relevant Manage Committee reserves the right to use discretion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECFAB76" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the hirer cancels a confirmed booking within four (4) weeks of the date of hire a cancellation fee up to 100 % of the hire charge could be payable at the discretion of the relevant Management Committee. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF19413" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The relevant Management Committee also reserves the right to use discretion if cancellation is due to unforeseen circumstances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CA7E4F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Bookings could be subject to cancellation in favour of local/general elections, if this is the case, all monies will be refunded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405C7BA2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>If for any reason the booking is cancelled by the Village Hall/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavilion </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Management Committee, all monies will be refunded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FFD503" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F9BA1CB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">KEYS/ACCESS: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609AAA15" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>An AVHMC/Pavilion Key Holder will contact you in the week leading up to the hire to arrange access/keys.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287BD075" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Village Hall/Pavilion Keys contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>TELEPHONE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 07548 742796 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F8D067" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="545FC639" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>THE KEY/SECURITY ARRANGEMENT MUST BE ADHERED TO AT THE END OF HIRE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79446B7E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50DCCB77" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>BOUNCY CASTLE AND OTHER INFLATABLES IN THE VILLAGE HALL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41767676" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>It is particularly important</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that any Bouncy Castle/Inflatable or other party entertainment apparatus is sited well clear of the ceiling mounted Projector to prevent it getting misaligned. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AB6BB9" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Following your hire, if it is found the projector requires realignment and resetting, your full deposit will be withheld to cover this cost. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635096C2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Bouncy Castle/Inflatable should be no larger than 12ft x 12ft x 12ft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B488BD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A plan showing the area in which Bouncy Castles/Inflatables can be placed can be seen at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidR="00F100DE" w:rsidRPr="00A25A9A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">inflatable-location </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://e-voice.org.uk/alresfordvillagehall/assets/images/inflatable-location" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EE8298" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E14C314" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>CLEANING:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8CC982" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The Hirer is expected to leave the Village Hall clean and tidy at the end of their hire; this includes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1B41CB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>sweeping the floors, mopping up spillages, wiping down surfaces</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B7B9BF" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cleaning and returning all chairs and tables to their normal storage positions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485DCCA5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cleaning, drying, and putting away any kitchen items used. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5180C43C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">cleaning materials including the vacuum cleaner are in the labelled cupboard in the kitchen and a ‘V’ shaped polished floor sweep is in the cloak room. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>In the Pavilion in the corridor entrance cupboard and under the sink in the kitchen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F51A05" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Extra rubbish </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be put in plastic bags, securely tied and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be removed by the hirer at the end of the hire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF4250D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>If extra cleaning is required after hire OR LIGHTS / WATER TAPS LEFT ON, the hirer could be liable for the cost.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3E71DD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>PLEASE LEAVE THE VILLAGE HALL/PAVILION AS YOU FOUND IT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA2F4CB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="397"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4995CA7D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>CHILD PROTECTION POLICY:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128606D6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All regular (more than three bookings a year) groups involving children (under 18) are asked to submit their Child Protection Policy to the Bookings Officer at the time of booking and to ensure that the correct ratio of adult leaders to children </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>is always adhered to.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC10906" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The hirer must ensure that all adults involved with children’s groups must be Disclosure &amp; Barring Service (CRB or DBS) checked. The relevant Management Committee reserve the right to ask for evidence of this. No adult may be left alone with children until they have CRB or DBS clearance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A83F762" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Please see Alresford Village Hall/Parish Council website or Health &amp; Safety File for Safeguarding and Vulnerable Persons Policy Statement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B63A06" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F450ECC" w14:textId="77777777" w:rsidR="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>****************************************************************************************************</w:t>
+      </w:r>
+      <w:r w:rsidR="0083294E" w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10DCE6B4" w14:textId="58468348" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PART 2 - CONDITIONS OF HIRE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058B37CC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48E84D9F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>GENERAL RESPONSIBILITIES OF THE HIRER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F6B5AA" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Is responsible for supervision of the premises, contents, and all users.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA3F9A0" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>They must ensure safety, prevent damage, and maintain good behaviour.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36AC31D0" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>They should manage car parking to avoid obstruction to highway.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FFC55E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D436198" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>HEALTH &amp; SAFETY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D03D1C5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Keep FIRE EXITS clear.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56934C54" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Familiarise with:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE42394" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Health &amp; Safety Policy (can be found in the village hall foyer and Pavilion kitchen)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A35E8A4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Fire safety notices, exits, and equipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712AA96D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Accident book (in Health and Safety file)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB2B03D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Contact police if issues arise in or outside the hire venue during the time of hire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1FCE88" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6542FDFD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>SMOKING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5616B0CB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>NOT PERMITTED INDOORS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F894C70" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Smokers MUST go outside and use bins for disposal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114645B9" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="1004"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FED864D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ELECTRICAL EQUIPMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6646055F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...103 lines deleted...]
-    <w:p w14:paraId="3F776F3F" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Only use appliances with valid PAT labels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2748FFB4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Hirers are responsible for their own equipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36866F56" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Non-compliance voids insurance and incurs liability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6A1300" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Damage or faulty equipment to be reported on conclusion of hire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2667E242" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A5FD018" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...91 lines deleted...]
-    <w:p w14:paraId="63F3A537" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>FURNITURE USE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BF2BEB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VILLAGE HALL: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>All chairs and tables in the hall must be returned to their place of storage (PLEASE FAMILIARISE YOURSELF WITH THE PHOTOGRAPH ON THE WALL adjacent to the village hall toilet entrance). Any extra chairs/tables required can be obtained from the store cupboard situated adjacent to the village hall stage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6904B24E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PAVILION: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All chairs and tables in the Pavilion </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>must be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> returned to their original location. Any extra chairs required can be obtained at the request of the Parish Clerk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743955AA" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56985A36" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>FOOTWEAR RULES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC9A269" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>In the Pavilion, no studded shoes/boots are allowed beyond the first internal fire door in the main corridor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6852FD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the village hall, soft shoes to be worn for games on polished floor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C447A44" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>No bladed shoes or scooters to be worn or used in the Village Hall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A13720C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="670B0D0D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>DECORATIONS &amp; FIXTURES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E008BA2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Permission must be obtained before any type of decorations/fixtures are put up. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F98C82" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nails, screws, sticky tape, blue tack, or any other adhesive material </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>must not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be used on walls or paintwork without given permission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31903C15" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="055DB7D7" w14:textId="3AFC7F52" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>EXTERNAL SERVICES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77626E25" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Hirers must ensure entertainers, inflatable providers, caterers, etc have valid public liability insurance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162886BE" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The AVHMC/Parish Council may request proof of insurance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC5DFE5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="612B28DC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>LICENSABLE ACTIVITIES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCB6380" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The hirer MUST ensure that the Village Hall/Parish Council holds relevant licenses under Performing Right Society and the Phonographic Performance license (PPS) and Motion Picture Licensing Company (MPLC) if applicable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B50EB3" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Commercial or profit-making hirers should obtain their own licenses, where necessary, before using the facility and the Trustees/Parish Council reserve the right to request a copy of the license/s at any time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6501C3C3" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FC00EC6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>PROHIBITED USE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560369DE" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The hirer may not assign or transfer to any other person or persons or allow the premises to be used for any unlawful purpose or in any unlawful way or do anything or bring anything onto the premises which may endanger the same or any insurance policies in respect thereof.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C013C5E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3675D05E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>CAPACITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C78767" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The relevant management committees reserve the right to limit the numbers allowed to use the facility/facilities at any one time. This is governed by the insurance policies. See website for capacity information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A271C7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FF3C6B2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>FIRST AID</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="361A679E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The hirer to be responsible for first aid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E05E0C8" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First Aid kits situated in Village Hall and Pavilion kitchens. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328D1DF7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AC3673E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>PERSONAL BELONGINGS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655C9F8C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>All hirers’ belongings are left at their own risk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D619886" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14251E48" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>KITCHEN RESTRICTIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F075C36" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>No children under the age of fourteen allowed in the kitchens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08697C55" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All kitchen equipment, utensils, fixtures, and fittings must be cleaned and returned. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D36DF8" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Theft of any items may result in deposit loss, or legal action taken to recover.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372E9990" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="1004"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11C5F452" w14:textId="343DC478" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>****************************************************************************************************</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723A9A72" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D43EB25" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A0BB4A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E3DDF59" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36AE2E87" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="533BB8AC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35289133" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70572EE3" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BAEA0BE" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5559709D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63421DD6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A7F7CAC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07DEBBD6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06D8C335" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44C58027" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D21EF9" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02FB2940" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="786A3A36" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E483224" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B857AF" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73689B43" w14:textId="77777777" w:rsidR="0083294E" w:rsidRPr="00A25A9A" w:rsidRDefault="0083294E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0508AECB" w14:textId="7D3B9FA6" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>VILLAGE HALL &amp; MUNSON ROOM – End of Hire Checklist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39264989" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CDFD18F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>CLEANING &amp; WASTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="017704B0" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Return all cleaning equipment to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>cupboard in the kitchen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DFB8E15" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Remove all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>glass bottles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the hall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468693AC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Emoji" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>⚠️</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Do not use bottle banks after 20:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33DBFCD6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="197F5EEF" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>UTILITIES &amp; EQUIPMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4669AB59" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Turn off all lights</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EDF5BD5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Main hall switches: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>next to entrance doors in hall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D2E6CD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Carpeted area switches: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>next to the kitchen hatch</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AED19F1" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Switch off </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Air Units</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250919BB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Leave </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>heating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the correct setting (as per local notice)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692CD30D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>taps are off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (including in the toilets)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A99BCC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40CAC789" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>TIMING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E55B84C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Hall must be vacated by end of hire period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="798C1A2A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ED4C64E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>NOISE CONTROL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C85A5B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...43 lines deleted...]
-    <w:p w14:paraId="15162D50" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Avoid disturbing nearby residents during and after hire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083F1B7F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="780E80B8" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>SECURITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6D0BC7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Close and secure all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">windows </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(hall, kitchen, toilets &amp; Munson room)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7569B1B9" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Check and secure all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>emergency doors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D3FDA4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>internal fire doors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are closed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B66B19" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Lock and secure the hall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763774EC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_0"/>
+          <w:id w:val="1559091432"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A25A9A">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Emoji" w:eastAsia="Arial Unicode MS" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+            </w:rPr>
+            <w:t>✅</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Double-check all doors and windows                                                                                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488D6F94" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74FE65B1" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>KEY RETURN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E902AD7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Return keys promptly as per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Village Hall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>key holder’s instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC8578A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD33661" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Thank you for your cooperation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D9FAA2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4970F90F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E0F96FC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="071FEF8F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F35E24A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01372A92" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C68D5EA" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE358AA" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58CD2ADA" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F1D6C5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C91AC8" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F1554FB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0069F15C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B5D1788" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D5CB6B1" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28D976F3" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39B5092A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="712D75A2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7806BED6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D402AA" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21771564" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="707C6ACD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="701A33A1" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="383B9CC0" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61F955ED" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35625FAE" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19FD7659" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="636BE4E2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42AA312E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PAVILION, KITCHEN &amp; CHANGING ROOMS – End of Hire Checklist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162D967E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DF31F03" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>CLEANING &amp; WASTE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F99B9F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Place all rubbish in provided bins.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD3DB08" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Remove any excess rubbish.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4686AB8E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Wipe down all tables and worktops.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377044C6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Clean changing rooms (if used)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690B1FC4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Remove all glass bottles from Pavilion &amp; Changing Rooms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACE991D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Emoji" w:eastAsia="Quattrocento Sans" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>⚠️</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Do not use bottle banks after 20:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D4D17E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09758E3E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>UTILITIES &amp; EQUIPMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DDE8E3A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Turn off all lights (Pavilion, kitchen, hard courts)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E033FA1" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Turn off heating and showers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DACE75E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>taps are off</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (toilets, kitchen, changing rooms)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D34DFDC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="607CC52D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>TIMING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA5296A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pavilion must be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>vacated by end of hire period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343287B9" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="118D913D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>NOISE CONTROL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F097A24" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...70 lines deleted...]
-    <w:p w14:paraId="1F45F483" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Avoid disturbing nearby residents during and after hire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299FC4FE" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71551F4F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>SECURITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699F0E23" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...73 lines deleted...]
-    <w:p w14:paraId="0417B4D9" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Close and secure all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>windows.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EE390C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...48 lines deleted...]
-    <w:p w14:paraId="33B80FFA" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Check and secure all doors and shutters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0F3D26" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...63 lines deleted...]
-    <w:p w14:paraId="2012A80A" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>internal fire doors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are closed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A9D90F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...54 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Lock and secure the Pavilion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF8F0D6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:tag w:val="goog_rdk_1"/>
+          <w:id w:val="2124116194"/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="00A25A9A">
+            <w:rPr>
+              <w:rFonts w:ascii="Segoe UI Emoji" w:eastAsia="Arial Unicode MS" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="21"/>
+              <w:szCs w:val="21"/>
+            </w:rPr>
+            <w:t>✅</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Double-check all doors and windows</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">TELEPHONE 01206 825739 </w:t>
-[...75 lines deleted...]
-    <w:p w14:paraId="5C3E3F3C" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="653C1A28" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DC45742" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>KEY RETURN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005459F2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Return keys promptly as per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Pavilion key holder’s instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0B39A8" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CAFCA56" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Thank you for your cooperation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF2011B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55216E08" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E87013E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C47ADA6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04DD722E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E71FD04" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36046609" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61CB2A1B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A1B288C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EEF5B6E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F9332E7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D147447" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34BD8FA6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="673CB48F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE7C950" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D22C31A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79A38965" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DAD670" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13614C26" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16B30FE5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E757F9B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CAD5F16" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1225998D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47805F6F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22D9FB6B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E099DA" w14:textId="77777777" w:rsidR="00A25A9A" w:rsidRDefault="00A25A9A" w:rsidP="00A25A9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01083D7B" w14:textId="77777777" w:rsidR="00A25A9A" w:rsidRDefault="00A25A9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="5B0CB77D" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31366B7F" w14:textId="4D7AF4A5" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PART 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC6B597" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ALRESFORD VILLAGE HALL / PAVILION BOOKING FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55311C26" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Please complete and return this form to the Booking Manager at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidR="00F100DE" w:rsidRPr="00A25A9A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="0563C1"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>alresfordvillagehall@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5811C3C8" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">telephone 07548 742796 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>for alternative arrangements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C90B1AA" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15FC90B7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CONTRACT TO BE SIGNED:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15487AAD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>read and understood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the conditions for hire as laid down by the Management Committee. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1896E92F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I accept </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>full responsibility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for ensuring compliance with all conditions during the period of hire, including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707C7B99" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="729EA061" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="11E81652" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Supervision of the premises, contents, and all users</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7B968F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...198 lines deleted...]
-    <w:p w14:paraId="0085B386" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Adherence to health and safety, fire safety, and noise control measures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024BC664" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="2444D9DF" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Proper use and return of furniture, equipment, and facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3006A705" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="both"/>
-[...38 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Ensuring any external service providers are appropriately insured.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A42499B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...19 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Reporting any damage or faults.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0E812C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...19 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Leaving the premises clean, secure, and in good order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437E41DC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:rPr>
-[...701 lines deleted...]
-          <w:b/>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Vacating the premises by the end of the hired period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB17CB2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="210" w:after="210" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I understand that I may be held liable for any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>loss or damage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> occurring during the hire and agree to make good such loss or damage upon request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D09A874" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="210" w:after="210" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I acknowledge that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>smoking is not permitted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inside the premises and that all electrical appliances used must have a valid PAT label.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76906AA4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:before="210" w:after="210" w:line="300" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have been made aware of the location of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Health &amp; Safety Policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Accident Book</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Privacy Notice/Data Protection Policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, available via the Alresford Village Hall/Parish Council website or in the Health &amp; Safety File.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D580333" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="547F8B7A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1699E4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A1AA01C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...8 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...42 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>BOOKING FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A7D3BAB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A25A9A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>The following booking details are sent and confirmed as correct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316705BC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="10768" w:type="dxa"/>
+        <w:tblStyle w:val="ac"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text"/>
+        <w:tblW w:w="10650" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3539"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3822"/>
+        <w:gridCol w:w="1395"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="645"/>
+        <w:gridCol w:w="915"/>
+        <w:gridCol w:w="435"/>
+        <w:gridCol w:w="150"/>
+        <w:gridCol w:w="1200"/>
+        <w:gridCol w:w="390"/>
+        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="593"/>
+        <w:gridCol w:w="525"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="1335"/>
+        <w:gridCol w:w="1155"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F94C40" w14:paraId="727DA30E" w14:textId="77777777">
-[...74 lines deleted...]
-      <w:tr w:rsidR="00F94C40" w14:paraId="0055D32F" w14:textId="77777777">
+      <w:tr w:rsidR="0083294E" w:rsidRPr="00A25A9A" w14:paraId="7B62D76D" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58E53D1B" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1EB0B029" w14:textId="5013A176" w:rsidR="0083294E" w:rsidRPr="00A25A9A" w:rsidRDefault="0083294E" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="728C7FEF" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3660" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6619BC" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="19EF7C31" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="295B3F6F" w14:textId="77777777" w:rsidR="0083294E" w:rsidRPr="00A25A9A" w:rsidRDefault="0083294E" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="137C2691" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CE03616" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Post Code:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2572" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6087A050" w14:textId="249CF9DF" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="0083294E" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:smallCaps/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Telephone No:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4418" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="00F634D7" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4E1E115A" w14:textId="4AAC61F3" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="0083294E" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:smallCaps/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="7C64CCFE" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="26471DD7" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10768" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77935297" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1314F6A7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Address:</w:t>
+              <w:t>Type of event (i.e. Birthday party, tabletop sale):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69D4701C" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="59FC429D" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11508B4A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Please disclose if aged twenty-five or younger:</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="15DDE347" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="01F5D7F4" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="133"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D946BBC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="591169FB" w14:textId="77777777">
-[...185 lines deleted...]
-      <w:tr w:rsidR="00F94C40" w14:paraId="73C7E009" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="3660009A" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="6232" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFFB108" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4F6A5826" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>BOOKING DETAILS:</w:t>
+              <w:t>BOOKING DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3822" w:type="dxa"/>
+            <w:tcW w:w="4418" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12376FC7" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3DC47F9A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Tick as required</w:t>
+              <w:t>Please indicate below as required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="60BAA2FC" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="6C71EBBA" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="6232" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55EAA2B1" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1C03DCA1" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Village Hall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3822" w:type="dxa"/>
+            <w:tcW w:w="4418" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25705005" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="5B33C74E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="1E4DE9D6" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="13C5BA63" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="6232" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="730B8F36" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="696D2A17" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Munson Room</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3822" w:type="dxa"/>
+            <w:tcW w:w="4418" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D81F983" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="1BF4A75F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="01F74BE9" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="1A8D2F81" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="6232" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E108904" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="238C1766" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Pavilion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3822" w:type="dxa"/>
+            <w:tcW w:w="4418" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B6522DD" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="506A56B5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="6E958384" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="5221FDF0" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="510"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6946" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="6232" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0727D209" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="356421DC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Licensed Bar - PLEASE NOTE:</w:t>
+              <w:t>Pavilion with Licensed Bar (subject to availability of volunteers)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DB15314" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5D73BF06" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>THE SALE OF ALCOHOL VIA A TEMPORARY EVENT NOTICE IS PROHIBITED</w:t>
+              <w:t>THE SALE OF ALCOHOL VIA A TEMPORARY NOTICE IS PROHIBITED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3822" w:type="dxa"/>
+            <w:tcW w:w="4418" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36CCEC64" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="3C743BAC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...35 lines deleted...]
-      <w:tr w:rsidR="00F94C40" w14:paraId="27A82FF0" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="15FFE569" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D17D2D3" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="3C6CE8B9" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5485" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="447BC213" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1510B142" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:b/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>DATES AND DAYS REQUIRED:</w:t>
+              <w:t>DATES, DAYS AND TIMES REQUIRED</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="703723B8" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD139ED" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="3928E071" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Date of Hire:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="436E58C2" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="4963388F" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5485" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A43C0CF" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0E622D6D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...143 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16DEFB04" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="67757182" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0350800E" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1F9069EF" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="424D4405" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="023CCA46" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="293750BB" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="712887BD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Thursday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1303" w:type="dxa"/>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A20E967" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3AEC533A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Friday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="1335" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA6FB98" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1741A254" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Saturday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:tcW w:w="1155" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="000ED4A2" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4BFD2437" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sunday</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="56C74D21" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="356C4365" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E0936FC" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7E7D92F9" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>08:30 – 12:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="628F2DE6" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="327C502C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29E0ADEB" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="661C693F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B7CD049" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="6AFE77BE" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...48 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEB090E" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="3F449668" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="454ADA4A" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A51FCC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C1C9EC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="188645D0" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="59A8F9FD" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36E6CC2C" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1562394F" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13:00 – 17:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F337E03" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="743D4757" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0576249E" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="6DE6C4EC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2067679D" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="491D765D" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...48 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9BF156" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="0A52A588" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA4FA6C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1727B490" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6946BC0C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="56AFC21C" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="23549C2C" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="723100AB" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="428B52C0" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18:00 – 22:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF3A498" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="75F2628B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09FE3A75" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="6EBB63AE" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1328" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="791548CE" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="25EC0DB6" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...48 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76E5530B" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="6BD6D090" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0C0F29" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08AE72A3" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2770896B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="6B1D217A" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="708F31B3" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4531" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB6826A" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7FF816B4" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Weekdays only 22:00 – 23:45 required</w:t>
+              <w:t>18:00 – 23:45</w:t>
             </w:r>
-            <w:r>
-[...22 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6237" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07B5F8F9" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6B8BE59C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10768" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="579A27ED" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="70F47300" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CECC567" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1380" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="525DEABE" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78034B45" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1335" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="316B8483" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C7658B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="11338721" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="0422D016" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10768" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5835" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="599DAE46" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4072A6AC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>PLEASE NOTE:</w:t>
+              <w:t xml:space="preserve">Weekday only 22:00 – 23:45 required      </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Bookings are not confirmed until we receive a signed booking form with cleared payment of the £50.00 Booking/Security Deposit.  Both must be received within 7 days from the invoice date.</w:t>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0970FE10" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pavilion/Bar session from 19:00 – 23:00 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ECF5CAA" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Saturdays only) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="53877E04" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="7D3A6E32" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10768" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00D3AC59" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="469585CD" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>BACS details:</w:t>
+              <w:t>Bar session times: Afternoon 13:00 – 17:00; Evening 18:00 – 22:00 except for Saturday when it is 19:00 – 23:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="713AF0F2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please note: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Any request for the bar is subject to volunteer bar staff availability</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="18ECA098" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="011B3125" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="113"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A25EC9" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="272920EF" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4531" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFA3553" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0B39100B" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>INFLATABLE HIRE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – This must be completed if you are hiring a Bouncy Castle or other inflatables</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="44595A2D" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE132DF" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Name of Supplier:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D69867E" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="476D69E6" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E55859" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLEASE NOTE: Bouncy Castles and other inflatables are excluded from our insurance policy. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="237B2CAB" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>You MUST provide us with a copy of the Provider’s insurance certificate PRIOR TO THE HIRE DATE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="311E30A0" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="113"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B8464DC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="19C02421" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3C48C2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>BANK DETAILS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="36215EE8" w14:textId="77777777" w:rsidTr="00A25A9A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4245" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B36BDF5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>Account Name:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> VILLAGE HALL (ALRESFORD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3105" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CDC763D" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7E225424" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:b/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Sorting Code:</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20-19-97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="3300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00B0C7C6" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0602D7E7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Account Number:</w:t>
+              <w:t>Account Number</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 33081281</w:t>
+              <w:t>: 33081281</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="5F04FC5A" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="51F1C4DB" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10768" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48D99A65" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3942C7A5" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Please use your name and date of hire as reference</w:t>
+              <w:t>If you have an invoice, please use the invoice number as your reference, if not please use your date of hire</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="0998D336" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="5F0A924E" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="283"/>
+          <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10768" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
           </w:tcPr>
-          <w:p w14:paraId="5D52012E" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4319DD13" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Signed:                                                                                                                                          Date:</w:t>
+              <w:t>Signed:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E041E8C" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="524301BC" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F14BCB8" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+          <w:p w14:paraId="6FA66F59" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F94C40" w14:paraId="52090E71" w14:textId="77777777">
+      <w:tr w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w14:paraId="75537434" w14:textId="77777777" w:rsidTr="00A25A9A">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10768" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10650" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46EB758A" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+          <w:p w14:paraId="339BA69C" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00000000" w:rsidP="00A25A9A">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">PART 2 OF THIS FORM AND IF APPLICABLE, THE CHILDREN’S PARTIES FORM (page 5) MUST BE COMPLETED and forwarded to the booking clerk at </w:t>
+              <w:t xml:space="preserve">PLEASE NOTE: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8">
-[...12 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A25A9A">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> or telephone 07548 742796 for alternative arrangements.  Once received an invoice will be raised and emailed to you with your final balance</w:t>
+              <w:t>Bookings are not secured</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> until a signed booking form has been received (this must be within 7 days from the point of contact and the £50.00 Booking/Security Deposit paid (this must be within 7 days of the invoice date).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A25A9A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="407BE0B0" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
-[...3458 lines deleted...]
-    <w:p w14:paraId="275DB603" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1D9DDE50" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRPr="00A25A9A" w:rsidRDefault="00F100DE">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...16 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId14"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Play" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F100DE" w:rsidRPr="00A25A9A">
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11907" w:h="16840"/>
-      <w:pgMar w:top="284" w:right="726" w:bottom="142" w:left="720" w:header="56" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="720" w:bottom="567" w:left="720" w:header="57" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="393CB463" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRDefault="006C2D33">
+    <w:p w14:paraId="06D7C32F" w14:textId="77777777" w:rsidR="00AC3DB8" w:rsidRDefault="00AC3DB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1EDB4AD6" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRDefault="006C2D33">
+    <w:p w14:paraId="04CD4BD3" w14:textId="77777777" w:rsidR="00AC3DB8" w:rsidRDefault="00AC3DB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Noto Sans Symbols">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{72921C7A-3DF9-4D03-9080-29A00880E0D5}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{99900A61-16BE-4504-A049-5392E3FDDC75}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{3F90013B-73B6-467E-8BA8-448D43F80B94}"/>
-    <w:embedBold r:id="rId3" w:fontKey="{7A514FB7-8598-4146-BA91-AC3E9FD14422}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{22EA8072-D60F-4C22-AA58-8EE8F7C96CBB}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{78D228CB-A3EC-4F6C-9F22-02D305D695C0}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{BB1313DD-31DE-470E-8F68-DBA03DD1DA7B}"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{CDD46EDE-3361-4AB0-B634-72DDBD776128}"/>
-    <w:embedItalic r:id="rId6" w:fontKey="{48F126E0-A844-47D0-90CE-B34BEAD6CD55}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{7EF9B421-5B47-4778-AEB1-FE2A00346498}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...2 lines deleted...]
-    <w:embedItalic r:id="rId9" w:fontKey="{CD7C1425-6CF7-4BAB-BEC4-B62BC91CD214}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{AED71262-B9E1-4DFB-9B16-51D09E61B21A}"/>
+    <w:embedBold r:id="rId6" w:fontKey="{21AE0484-BE70-4E0C-92B4-3D1DC025486C}"/>
+    <w:embedItalic r:id="rId7" w:fontKey="{614D3C70-7B76-4ECC-847E-93EC823B8595}"/>
+    <w:embedBoldItalic r:id="rId8" w:fontKey="{F41F5988-1D34-489A-A2E1-E2B2B0F61726}"/>
+  </w:font>
+  <w:font w:name="Play">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{A2A79D0D-EE66-4BD9-AD2D-7A864F8330B3}"/>
+    <w:embedBold r:id="rId10" w:fontKey="{9D237A9E-BD5D-4AC3-9180-98688910BE31}"/>
+    <w:embedItalic r:id="rId11" w:fontKey="{9F0EBC70-1268-4879-94E5-6E30155158B0}"/>
+    <w:embedBoldItalic r:id="rId12" w:fontKey="{C580FD16-0F2F-4DB5-880B-5600970C0441}"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId13" w:fontKey="{9D0D1D61-DA08-4A2B-B0BE-906BBB0BB6AE}"/>
+  </w:font>
+  <w:font w:name="Segoe UI Emoji">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId14" w:fontKey="{BD91D2FC-6139-4797-B2BA-D4BB71E6A752}"/>
+    <w:embedBold r:id="rId15" w:fontKey="{61D99361-426C-4EF5-B2C0-CF6DF57E9443}"/>
+  </w:font>
+  <w:font w:name="Quattrocento Sans">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800000BF" w:usb1="4000005B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId16" w:fontKey="{8C0946B5-677D-4048-912B-CA7C8EC26914}"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:embedBold r:id="rId17" w:fontKey="{FB9DDAD5-2791-40ED-A218-A2EB28E83760}"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-    <w:embedBold r:id="rId10" w:subsetted="1" w:fontKey="{D28598E4-4386-4AAB-A573-DEA5F69F4E2D}"/>
-[...6 lines deleted...]
-    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId11" w:fontKey="{6F11C371-B436-4408-B7E5-8707AED323DB}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId18" w:fontKey="{75BDACA9-8888-4171-A6FD-C48930AA9E5F}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58FAB662" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00000000">
+  <w:p w14:paraId="618C0EC7" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRDefault="00000000">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
+      <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CE7036">
+    <w:r w:rsidR="0083294E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText>NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CE7036">
+    <w:r w:rsidR="0083294E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                                 BOOKING CONTACT: </w:t>
+      <w:t xml:space="preserve">                                                                                                             BOOKING CONTACT: </w:t>
     </w:r>
     <w:hyperlink r:id="rId1">
-      <w:r w:rsidR="00F94C40">
+      <w:r w:rsidR="00F100DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>alresfordvillagehall@gmail.com</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>or</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:bCs/>
         <w:smallCaps/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 07548 742796</w:t>
+      <w:t xml:space="preserve"> 07548 742796.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2533B082" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
+  <w:p w14:paraId="551FDBC2" w14:textId="77777777" w:rsidR="00F100DE" w:rsidRDefault="00F100DE">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4B073C13" w14:textId="77777777" w:rsidR="00F94C40" w:rsidRDefault="00F94C40">
-[...16 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3346FA68" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRDefault="006C2D33">
+    <w:p w14:paraId="6C4B459B" w14:textId="77777777" w:rsidR="00AC3DB8" w:rsidRDefault="00AC3DB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AF4B14E" w14:textId="77777777" w:rsidR="006C2D33" w:rsidRDefault="006C2D33">
+    <w:p w14:paraId="6AD5FF02" w14:textId="77777777" w:rsidR="00AC3DB8" w:rsidRDefault="00AC3DB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08E20916"/>
+    <w:nsid w:val="0347701A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8FF636DC"/>
+    <w:tmpl w:val="B71C32AE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2557" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3277" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3997" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5437" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6157" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6877" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="053900C0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E4785110"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2197" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2917" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3637" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4357" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5077" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5797" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6517" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7237" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="167235FD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D0DC47BA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18D14B7D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9DC66330"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2919" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3639" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4359" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5079" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5799" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6519" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7239" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19D65D27"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C1405BC8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E420634"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="59080B08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20826194"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="56068CA0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="213179E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A8346C56"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22A67224"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="52B418DC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25CB1551"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DC84481E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2557" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3277" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3997" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5437" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6157" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6877" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25DA4E2C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6922C310"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29F26D7A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="75747B72"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B0B0F67"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2496D2C2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C7D6598"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A3823528"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EC321D1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F1CCD92A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38380B76"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CBDEAE08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1117" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AA63CA4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5D9E0044"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BC47B44"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4D400F34"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41120643"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F2A66676"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45C85571"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3CD2AD28"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="489D7BBB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="29FCEEA6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D6017B9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8E3C0030"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DE4600C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ED325864"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2557" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3277" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3997" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5437" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6157" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6877" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F8022D0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="607CFA96"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53552ECA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5322ADA2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56460701"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E618D48E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A62369B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="19D8F412"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E10469D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="63063744"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F174AE5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DF5EAF6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="436"/>
+        <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -7912,1528 +14373,1362 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08EF6C98"/>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68F6044A"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="C8FE398C"/>
+    <w:tmpl w:val="8BCA2AEA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6ADB283D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A87AFCD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1837" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2557" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3277" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3997" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4717" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5437" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6157" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6877" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C8045B4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8A8C8594"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="10D562BE"/>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="711748BD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="D520AA00"/>
+    <w:tmpl w:val="81CE3FBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...6 lines deleted...]
-        <w:b/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7161707F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="05BC5124"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="140A098F"/>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71A62B65"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A91280FA"/>
+    <w:tmpl w:val="F88CA08C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="○"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="■"/>
+      <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:u w:val="none"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="18732B16"/>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="737B75E7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="312605C2"/>
+    <w:tmpl w:val="C4325870"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78EC3E4B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E23CBAE6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79CD793C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6E46CD7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A8A521F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7CB21510"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="363"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...946 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="850491501">
+  <w:num w:numId="1" w16cid:durableId="1979798909">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1977055442">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1930037973">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="457115079">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1799496605">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="920599144">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2127196539">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="546381154">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1420756815">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="878395502">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="535658141">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1202203977">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2135323324">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="85883490">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="14" w16cid:durableId="1042167314">
+    <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="428042977">
+  <w:num w:numId="15" w16cid:durableId="1396678">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1139230456">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1589997419">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1544244675">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1965428090">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2073233478">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1851986824">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1178038212">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="2031879609">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="201865672">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="96487019">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1404595900">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1203714331">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1933705256">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1165778074">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1164466845">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1221017676">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="877085118">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1822574527">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="33" w16cid:durableId="397018584">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1307272058">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="34" w16cid:durableId="346833774">
+    <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="223300598">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="35" w16cid:durableId="1011176025">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1685861168">
+  <w:num w:numId="36" w16cid:durableId="729577729">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1703557709">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1119952811">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2080400202">
-[...18 lines deleted...]
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="39" w16cid:durableId="1508131725">
+    <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F94C40"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F94C40"/>
+    <w:rsidRoot w:val="00F100DE"/>
+    <w:rsid w:val="002172BF"/>
+    <w:rsid w:val="005B247E"/>
+    <w:rsid w:val="0083294E"/>
+    <w:rsid w:val="00A25A9A"/>
+    <w:rsid w:val="00A26775"/>
+    <w:rsid w:val="00AC3DB8"/>
+    <w:rsid w:val="00F100DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="754B742A"/>
-  <w15:docId w15:val="{2AD0F6F6-CFC1-4276-B50C-269FDDF9C06F}"/>
+  <w14:docId w14:val="467D32CD"/>
+  <w15:docId w15:val="{CF1552F3-147A-4D83-9008-5ABA9BD39F40}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9787,213 +16082,250 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="220" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:bCs/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal2">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="003662B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Mangal"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="003129B2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
@@ -10081,69 +16413,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000136C5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FE6FEA"/>
     <w:rPr>
       <w:rFonts w:hAnsi="Mangal" w:cs="Mangal"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
@@ -10163,63 +16476,118 @@
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a7">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="aa">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ab">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="ac">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alresfordvillagehall@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alresfordvillagehall@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-voice.org.uk/alresfordvillagehall/assets/images/inflatable-location" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joscastles@outlook.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@bubblenbounce-essex.co.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.islandinflatables.co.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-voice.org.uk/alresfordvillagehall/assets/images/inflatable-location" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alresfordvillagehall@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="about:blank" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -10483,68 +16851,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhsmoOeZdp4Rthfl4R+IVBmJx8e5w==">CgMxLjAaMAoBMBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxowCgExEisKKQgHQiUKEVF1YXR0cm9jZW50byBTYW5zEhBBcmlhbCBVbmljb2RlIE1TGjAKATISKwopCAdCJQoRUXVhdHRyb2NlbnRvIFNhbnMSEEFyaWFsIFVuaWNvZGUgTVM4AHIhMXdLUzNnSlBGeEZjMTd5V1p1c3pfTVp0ZzZBLUNNV0F2</go:docsCustomData>
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mgwNKKzDi8ROr5MBGA3KGgk9JzUhQ==">CgMxLjAaMAoBMBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxowCgExEisKKQgHQiUKEVF1YXR0cm9jZW50byBTYW5zEhBBcmlhbCBVbmljb2RlIE1TOAByITFpTHZXLTI3cnNUVm5nbFpFSG9jeTFTcm5nR1djck5qdQ==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>13741</Characters>
+  <Pages>8</Pages>
+  <Words>2583</Words>
+  <Characters>14728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16119</CharactersWithSpaces>
+  <CharactersWithSpaces>17277</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Milburn</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>