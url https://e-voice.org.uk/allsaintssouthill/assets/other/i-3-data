--- v0 (2025-12-07)
+++ v1 (2026-02-06)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25831"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\COLIN 8\Church\Graveyard Listing\Plan Data Sheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5DAA3210-3107-4FDB-9963-5016EAFA970B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8757873E-0735-4046-91B6-7948F73464A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="17520" xr2:uid="{5E2EF0E8-646E-4B0B-87D5-3EB8965302FE}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="48">
   <si>
     <t>Area</t>
   </si>
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>a</t>
   </si>
   <si>
     <t>b</t>
   </si>
   <si>
     <t>c</t>
   </si>
   <si>
     <t>ALL SAINTS CHURCH  -  SOUTHILL</t>
   </si>
   <si>
@@ -158,57 +158,66 @@
   <si>
     <t>ROOK, Cecil</t>
   </si>
   <si>
     <t>SCOTT, Anthony David</t>
   </si>
   <si>
     <t xml:space="preserve">WARREN, Clifford Walter Andrew </t>
   </si>
   <si>
     <t xml:space="preserve">WARREN, Olive Joan </t>
   </si>
   <si>
     <t>WILSHER, Mary Pamela</t>
   </si>
   <si>
     <t>WILSHER, Melbourne John</t>
   </si>
   <si>
     <t>WOODWARD, Shaun David</t>
   </si>
   <si>
     <t>DILLEY, Keith</t>
   </si>
   <si>
-    <t>i-3</t>
-[...5 lines deleted...]
-    <t>HERBERT, Christopher</t>
+    <t>HERBERT, Christopher John</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>CAPON, David Neal</t>
+  </si>
+  <si>
+    <t>CAPON, Jennifer Diana Mary</t>
+  </si>
+  <si>
+    <t>RODENBURG, Sheila Helen</t>
+  </si>
+  <si>
+    <t>MURNAL, Janet Susan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
@@ -258,91 +267,91 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -404,51 +413,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -546,738 +555,787 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5610C415-D62D-4AC1-A46C-A85C2CB21759}">
-  <dimension ref="A1:G50"/>
+  <dimension ref="A1:H50"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="J8" sqref="J8"/>
+    <sheetView tabSelected="1" topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="E38" sqref="E38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="3.85546875" style="7" customWidth="1"/>
     <col min="4" max="4" width="22.140625" customWidth="1"/>
     <col min="5" max="5" width="14.85546875" customWidth="1"/>
     <col min="7" max="7" width="3.28515625" style="3" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C1" s="5"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
     </row>
-    <row r="2" spans="1:7" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:8" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B2" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="5"/>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:8" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B3" s="4"/>
       <c r="C3" s="5"/>
       <c r="E3" t="s">
         <v>11</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6">
-        <v>491</v>
+        <v>456</v>
       </c>
       <c r="B6"/>
       <c r="C6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="E6" s="3">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="F6" s="3">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="G6" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7">
-        <v>530</v>
+        <v>466</v>
       </c>
       <c r="B7"/>
       <c r="C7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E7" s="3">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="F7" s="3">
-        <v>2014</v>
-[...3 lines deleted...]
-    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+        <v>1999</v>
+      </c>
+      <c r="G7" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A8">
-        <v>496</v>
+        <v>467</v>
       </c>
       <c r="B8" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E8" s="3">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="F8" s="3">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="G8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A9">
-        <v>496</v>
+        <v>467</v>
       </c>
       <c r="B9" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="E9" s="3">
         <v>76</v>
       </c>
       <c r="F9" s="3">
-        <v>2008</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+        <v>2021</v>
+      </c>
+      <c r="G9"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A10">
-        <v>527</v>
+        <v>468</v>
       </c>
       <c r="B10"/>
       <c r="C10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="E10" s="3">
-        <v>89</v>
+        <v>75</v>
       </c>
       <c r="F10" s="3">
-        <v>2013</v>
-[...3 lines deleted...]
-    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+        <v>2000</v>
+      </c>
+      <c r="G10" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A11">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="B11"/>
+        <v>489</v>
+      </c>
+      <c r="B11" t="s">
+        <v>4</v>
+      </c>
       <c r="C11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="E11" s="3">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="F11" s="3">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="G11" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A12">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="B12"/>
+        <v>489</v>
+      </c>
+      <c r="B12" t="s">
+        <v>5</v>
+      </c>
       <c r="C12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E12" s="3">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="F12" s="3">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="G12" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A13">
-        <v>545</v>
+        <v>491</v>
       </c>
       <c r="B13"/>
       <c r="C13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E13" s="3">
-        <v>83</v>
+        <v>47</v>
       </c>
       <c r="F13" s="3">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="G13" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A14">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="B14" t="s">
+        <v>492</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>29</v>
+      </c>
+      <c r="E14" s="3">
+        <v>73</v>
+      </c>
+      <c r="F14" s="3">
+        <v>2005</v>
+      </c>
+      <c r="G14" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>493</v>
+      </c>
+      <c r="B15" t="s">
         <v>5</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...19 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C15" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" s="3">
+        <v>89</v>
+      </c>
+      <c r="F15" s="3">
+        <v>2020</v>
+      </c>
+      <c r="G15" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16">
+        <v>493</v>
+      </c>
+      <c r="B16" t="s">
         <v>4</v>
       </c>
-      <c r="C15" s="3" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="C16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E16" s="3">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="F16" s="3">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="G16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17">
-        <v>540</v>
+        <v>494</v>
       </c>
       <c r="B17" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="E17" s="3"/>
+        <v>36</v>
+      </c>
+      <c r="E17" s="3">
+        <v>81</v>
+      </c>
       <c r="F17" s="3">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="G17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18">
-        <v>540</v>
+        <v>494</v>
       </c>
       <c r="B18" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="E18" s="3">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="F18" s="3">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="G18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19">
-        <v>456</v>
+        <v>495</v>
       </c>
       <c r="B19"/>
       <c r="C19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="E19" s="3">
-        <v>27</v>
+        <v>78</v>
       </c>
       <c r="F19" s="3">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="G19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20">
-        <v>497</v>
-[...1 lines deleted...]
-      <c r="B20"/>
+        <v>496</v>
+      </c>
+      <c r="B20" t="s">
+        <v>4</v>
+      </c>
       <c r="C20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="E20" s="3">
-        <v>94</v>
+        <v>72</v>
       </c>
       <c r="F20" s="3">
         <v>2006</v>
       </c>
       <c r="G20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21">
-        <v>492</v>
-[...1 lines deleted...]
-      <c r="B21"/>
+        <v>496</v>
+      </c>
+      <c r="B21" t="s">
+        <v>5</v>
+      </c>
       <c r="C21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E21" s="3">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F21" s="3">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="G21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22">
-        <v>532</v>
+        <v>497</v>
       </c>
       <c r="B22"/>
       <c r="C22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D22" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E22" s="3">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="F22" s="3">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="G22"/>
+        <v>2006</v>
+      </c>
+      <c r="G22" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="B23"/>
       <c r="C23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D23" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="E23" s="3">
-        <v>66</v>
+        <v>89</v>
       </c>
       <c r="F23" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24">
-        <v>495</v>
+        <v>528</v>
       </c>
       <c r="B24"/>
       <c r="C24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D24" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E24" s="3">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="F24" s="3">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="G24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25">
-        <v>559</v>
+        <v>529</v>
       </c>
       <c r="B25"/>
       <c r="C25" s="3" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="D25" t="s">
+        <v>40</v>
+      </c>
+      <c r="E25" s="3">
         <v>43</v>
       </c>
-      <c r="E25" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="3">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="G25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26">
-        <v>466</v>
+        <v>530</v>
       </c>
       <c r="B26"/>
       <c r="C26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D26" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="E26" s="3">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="F26" s="3">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G26"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27">
-        <v>468</v>
+        <v>531</v>
       </c>
       <c r="B27"/>
       <c r="C27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E27" s="3">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="F27" s="3">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G27"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="B28"/>
       <c r="C28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D28" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E28" s="3">
-        <v>90</v>
+        <v>71</v>
       </c>
       <c r="F28" s="3">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G28"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29">
-        <v>494</v>
+        <v>540</v>
       </c>
       <c r="B29" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D29" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="E29" s="3">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="F29" s="3">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="G29" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30">
-        <v>494</v>
+        <v>540</v>
       </c>
       <c r="B30" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D30" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="E30" s="3">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="F30" s="3">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="G30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="B31" t="s">
         <v>5</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D31" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="E31" s="3">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="F31" s="3">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="G31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32">
-        <v>493</v>
+        <v>541</v>
       </c>
       <c r="B32" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D32" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="E32" s="3">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F32" s="3">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="G32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33">
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="B33"/>
+        <v>541</v>
+      </c>
+      <c r="B33" t="s">
+        <v>6</v>
+      </c>
       <c r="C33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="E33" s="3">
-        <v>43</v>
+        <v>85</v>
       </c>
       <c r="F33" s="3">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34">
+        <v>545</v>
+      </c>
       <c r="B34"/>
-      <c r="C34" s="3"/>
-[...2 lines deleted...]
-      <c r="G34"/>
+      <c r="C34" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="3">
+        <v>83</v>
+      </c>
+      <c r="F34" s="3">
+        <v>2018</v>
+      </c>
+      <c r="G34" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35">
+        <v>559</v>
+      </c>
       <c r="B35"/>
-      <c r="C35" s="3"/>
-[...1 lines deleted...]
-      <c r="F35" s="3"/>
+      <c r="C35" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" t="s">
+        <v>46</v>
+      </c>
+      <c r="E35" s="3">
+        <v>91</v>
+      </c>
+      <c r="F35" s="3">
+        <v>2022</v>
+      </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36">
+        <v>565</v>
+      </c>
       <c r="B36"/>
-      <c r="C36" s="3"/>
-[...1 lines deleted...]
-      <c r="F36" s="3"/>
+      <c r="C36" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" s="3">
+        <v>80</v>
+      </c>
+      <c r="F36" s="3">
+        <v>2025</v>
+      </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B37"/>
       <c r="C37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B38"/>
       <c r="C38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B39"/>
       <c r="C39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B40"/>
@@ -1336,51 +1394,51 @@
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B48"/>
       <c r="C48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48"/>
     </row>
     <row r="49" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B49"/>
       <c r="C49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49"/>
     </row>
     <row r="50" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B50"/>
       <c r="C50" s="3"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:G33">
-    <sortCondition ref="D6:D33"/>
+    <sortCondition ref="A6:A33"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>