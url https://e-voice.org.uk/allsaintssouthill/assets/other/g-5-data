--- v0 (2025-12-07)
+++ v1 (2026-02-06)
@@ -1,362 +1,297 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25831"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\COLIN 8\Church\Graveyard Listing\Plan Data Sheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4176EFAA-EFD4-49A6-950F-83C6B1B8D160}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A756A56-08C2-4D9E-9A11-FA9B131FDEA4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="17520" xr2:uid="{5E2EF0E8-646E-4B0B-87D5-3EB8965302FE}"/>
+    <workbookView xWindow="9960" yWindow="630" windowWidth="10170" windowHeight="14085" xr2:uid="{079BA063-33C4-4EE7-8E90-D2308307CFD3}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="35">
+  <si>
+    <t>a</t>
+  </si>
+  <si>
+    <t>G-5</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>Ashes</t>
+  </si>
+  <si>
+    <t>b</t>
+  </si>
+  <si>
+    <t>HOWELL, Michael</t>
+  </si>
+  <si>
+    <t>BRYANT, Ernest Alfred Ronald</t>
+  </si>
+  <si>
+    <t>BRYANT, Anne Louise Marion</t>
+  </si>
+  <si>
+    <t>WOODS, Peter Robin</t>
+  </si>
+  <si>
+    <t>CHAMBERLAIN, Harry</t>
+  </si>
+  <si>
+    <t>STRUTT, Hedley Michael</t>
+  </si>
+  <si>
+    <t>JOHNS, Wendty Joyce</t>
+  </si>
+  <si>
+    <t>JOHNS, Melvyn</t>
+  </si>
+  <si>
+    <t>LOCKE, Phyllis Irene</t>
+  </si>
+  <si>
+    <t>LOCKE, Reginald Frank</t>
+  </si>
+  <si>
+    <t>WILLIAMS, Rhys Charles</t>
+  </si>
+  <si>
+    <t>NEWBURY, William Joseph</t>
+  </si>
+  <si>
+    <t>NEWBURY, Dorothy</t>
+  </si>
+  <si>
+    <t>COOPER, Ruby Louise</t>
+  </si>
+  <si>
+    <t>8 wks</t>
+  </si>
+  <si>
+    <t>FREDRICK, Brian</t>
+  </si>
+  <si>
+    <t>HALL, Judith Ann</t>
+  </si>
+  <si>
+    <t>+</t>
+  </si>
+  <si>
+    <t>DYER, Alan George</t>
+  </si>
+  <si>
+    <t>WOODAGE, Ivor</t>
+  </si>
+  <si>
+    <t>WOODAGE, Edan Florence</t>
+  </si>
+  <si>
+    <t>GRUMMITT, Ruth</t>
+  </si>
+  <si>
+    <t xml:space="preserve">No.   </t>
+  </si>
   <si>
     <t>Area</t>
   </si>
   <si>
     <t>NAME</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>DATE</t>
   </si>
   <si>
-    <t>a</t>
-[...128 lines deleted...]
-    <t>GRUMMITT, Ruth</t>
+    <t>TYPE</t>
+  </si>
+  <si>
+    <t>NOTES</t>
   </si>
   <si>
     <t>SUMMERFIELD, Maureen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...12 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...12 lines deleted...]
-      <alignment horizontal="right" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -364,51 +299,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -475,65 +410,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -554,925 +489,616 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5610C415-D62D-4AC1-A46C-A85C2CB21759}">
-  <dimension ref="A1:G51"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24DF0621-89F2-46A3-AD9E-17804B7983EC}">
+  <dimension ref="B3:K24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="L24" sqref="L24"/>
+      <selection activeCell="D25" sqref="D25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="2" width="3.85546875" style="7" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="3.28515625" style="3" customWidth="1"/>
+    <col min="5" max="5" width="24.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="23.25" x14ac:dyDescent="0.35">
-      <c r="B1" s="4" t="s">
+    <row r="3" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="C3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B4">
+        <v>477</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E4" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="K4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B5">
+        <v>478</v>
+      </c>
+      <c r="C5" t="s">
+        <v>0</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E5" t="s">
         <v>6</v>
       </c>
-      <c r="C1" s="5"/>
-[...4 lines deleted...]
-      <c r="B2" s="6" t="s">
+      <c r="F5" s="1">
+        <v>85</v>
+      </c>
+      <c r="G5" s="1">
+        <v>2005</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2</v>
+      </c>
+      <c r="K5" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B6">
+        <v>478</v>
+      </c>
+      <c r="C6" t="s">
+        <v>4</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E6" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="5"/>
-      <c r="E2" t="s">
+      <c r="F6" s="1">
+        <v>88</v>
+      </c>
+      <c r="G6" s="1">
+        <v>2008</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2</v>
+      </c>
+      <c r="K6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B7">
+        <v>480</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E7" t="s">
         <v>8</v>
       </c>
-      <c r="F2" t="s">
+      <c r="F7" s="1">
+        <v>63</v>
+      </c>
+      <c r="G7" s="1">
+        <v>2002</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2</v>
+      </c>
+      <c r="K7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B8">
+        <v>516</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E8" t="s">
         <v>9</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F8" s="1">
+        <v>81</v>
+      </c>
+      <c r="G8" s="1">
+        <v>2007</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2</v>
+      </c>
+      <c r="K8" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B9">
+        <v>517</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E9" t="s">
         <v>10</v>
       </c>
-      <c r="F3" t="s">
+      <c r="F9" s="1">
+        <v>61</v>
+      </c>
+      <c r="G9" s="1">
+        <v>2011</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2</v>
+      </c>
+      <c r="K9" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B10">
+        <v>518</v>
+      </c>
+      <c r="C10" t="s">
+        <v>0</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E10" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="8" t="s">
+      <c r="F10" s="1">
+        <v>61</v>
+      </c>
+      <c r="G10" s="1">
+        <v>2009</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2</v>
+      </c>
+      <c r="K10" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B11">
+        <v>518</v>
+      </c>
+      <c r="C11" t="s">
+        <v>4</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="1"/>
+      <c r="G11" s="1">
+        <v>2025</v>
+      </c>
+      <c r="K11" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B12">
+        <v>519</v>
+      </c>
+      <c r="C12" t="s">
+        <v>0</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E12" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="F12" s="1">
+        <v>94</v>
+      </c>
+      <c r="G12" s="1">
+        <v>2008</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2</v>
+      </c>
+      <c r="K12" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B13">
+        <v>519</v>
+      </c>
+      <c r="C13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E13" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="1">
+        <v>88</v>
+      </c>
+      <c r="G13" s="1">
+        <v>2009</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2</v>
+      </c>
+      <c r="K13" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B14">
+        <v>520</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E14" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="1">
         <v>0</v>
       </c>
-      <c r="D5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="1" t="s">
+      <c r="G14" s="1">
+        <v>2009</v>
+      </c>
+      <c r="H14" t="s">
         <v>2</v>
       </c>
-      <c r="F5" s="1" t="s">
-[...13 lines deleted...]
-      <c r="D6" t="s">
+      <c r="K14" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B15">
+        <v>526</v>
+      </c>
+      <c r="C15" t="s">
+        <v>0</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E15" t="s">
         <v>16</v>
       </c>
-      <c r="E6" s="3">
+      <c r="F15" s="1">
+        <v>89</v>
+      </c>
+      <c r="G15" s="1">
+        <v>2013</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2</v>
+      </c>
+      <c r="K15" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B16">
+        <v>526</v>
+      </c>
+      <c r="C16" t="s">
+        <v>4</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" s="1">
+        <v>91</v>
+      </c>
+      <c r="G16" s="1">
+        <v>2015</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2</v>
+      </c>
+      <c r="K16" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B17">
+        <v>533</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E17" t="s">
+        <v>18</v>
+      </c>
+      <c r="F17" s="1">
+        <v>0</v>
+      </c>
+      <c r="G17" s="1">
+        <v>2014</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="K17" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B18">
+        <v>550</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" s="1">
+        <v>79</v>
+      </c>
+      <c r="G18" s="1">
+        <v>2019</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2</v>
+      </c>
+      <c r="K18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B19">
+        <v>553</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E19" t="s">
+        <v>21</v>
+      </c>
+      <c r="F19" s="1">
+        <v>78</v>
+      </c>
+      <c r="G19" s="1">
+        <v>2020</v>
+      </c>
+      <c r="H19" t="s">
+        <v>22</v>
+      </c>
+      <c r="K19" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B20">
+        <v>556</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E20" t="s">
+        <v>23</v>
+      </c>
+      <c r="F20" s="1">
         <v>80</v>
       </c>
-      <c r="F6" s="3">
-[...8 lines deleted...]
-      <c r="B7" t="s">
+      <c r="G20" s="1">
+        <v>2020</v>
+      </c>
+      <c r="K20" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B21">
+        <v>558</v>
+      </c>
+      <c r="C21" t="s">
+        <v>0</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E21" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="1">
+        <v>95</v>
+      </c>
+      <c r="G21" s="1">
+        <v>2021</v>
+      </c>
+      <c r="K21" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B22">
+        <v>558</v>
+      </c>
+      <c r="C22" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="3" t="s">
-[...169 lines deleted...]
-      <c r="A15">
+      <c r="D22" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E22" t="s">
+        <v>25</v>
+      </c>
+      <c r="F22" s="1">
+        <v>93</v>
+      </c>
+      <c r="G22" s="1">
+        <v>2023</v>
+      </c>
+      <c r="K22" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B23">
         <v>560</v>
       </c>
-      <c r="B15"/>
-[...6 lines deleted...]
-      <c r="E15" s="3">
+      <c r="D23" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E23" t="s">
+        <v>26</v>
+      </c>
+      <c r="F23" s="1">
         <v>84</v>
       </c>
-      <c r="F15" s="3">
+      <c r="G23" s="1">
         <v>2021</v>
       </c>
-      <c r="G15"/>
-[...179 lines deleted...]
-      <c r="D24" t="s">
+      <c r="K23" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24" spans="2:11" x14ac:dyDescent="0.25">
+      <c r="B24">
+        <v>561</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="E24" t="s">
         <v>34</v>
       </c>
-      <c r="E24" s="3">
-[...156 lines deleted...]
-      <c r="E31" s="3">
+      <c r="F24" s="1">
         <v>86</v>
       </c>
-      <c r="F31" s="3">
+      <c r="G24" s="1">
         <v>2022</v>
       </c>
-      <c r="G31"/>
-[...223 lines deleted...]
-      <c r="G51"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Colin</dc:creator>
+  <dc:creator>Colin Mccartney</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>